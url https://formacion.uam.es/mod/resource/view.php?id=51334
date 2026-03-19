--- v0 (2025-12-16)
+++ v1 (2026-03-19)
@@ -1,117 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="26215"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/paula.lazaro/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SF.5074252\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1A3603B9-F225-4437-BE64-D246EC34472D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="460" windowWidth="27060" windowHeight="13740" tabRatio="500"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="140000" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+      </xcalcf:calcFeatures>
+    </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Nombre del Curso</t>
   </si>
   <si>
     <t>Clave de Matriculación para Estudiantes</t>
   </si>
   <si>
-    <t>Nombre CORTO del Curso (Iniciales del curso)</t>
-[...1 lines deleted...]
-  <si>
     <t>Clave de Matriculación para Profesores</t>
   </si>
   <si>
     <t>Fecha Fin</t>
   </si>
   <si>
     <t>Fecha Inicio</t>
   </si>
   <si>
     <t>Facultad / Centro</t>
   </si>
   <si>
     <t>Nombre del Título Propio</t>
   </si>
   <si>
-    <t>Tipo de título (Curso de Corta Duración o Título Propio)</t>
+    <r>
+      <t xml:space="preserve">Tipo de título
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Título Propio, Curso de Corta Duración o Microcredencial)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nombre CORTO del Curso </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Iniciales del curso)</t>
+    </r>
+  </si>
+  <si>
+    <t>Email del responsable</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -120,263 +157,363 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo visitado" xfId="1" builtinId="9" hidden="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.uam.es/mod/page/view.php?id=3041473" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>25399</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>11205</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="CuadroTexto 1"/>
+        <xdr:cNvPr id="2" name="CuadroTexto 1">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="25399" y="38100"/>
-          <a:ext cx="13776325" cy="2352675"/>
+          <a:ext cx="22487219" cy="2584076"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="es-ES" sz="1400" b="1"/>
+            <a:rPr lang="es-ES" sz="1600" b="1"/>
             <a:t>Solicitud</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="es-ES" sz="1400" b="1" baseline="0"/>
+            <a:rPr lang="es-ES" sz="1600" b="1" baseline="0"/>
             <a:t> de cursos para Títulos Propios - Cursos de Corta Duración</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="es-ES" sz="1000" b="1"/>
         </a:p>
         <a:p>
           <a:r>
-            <a:rPr lang="es-ES" sz="1200" b="1"/>
-[...6 lines deleted...]
-          <a:r>
             <a:rPr lang="es-ES" sz="1200"/>
-            <a:t>Cualquier docente que vaya a impartir docencia y necesite modificar el curso, debe tener creado previamente un usuario en la plataforma Moodle Formación (</a:t>
+            <a:t>Los Títulos Propios y otros cursos de Formación Continua tienen a su disposición </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>la plataforma </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="1200" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="dk1"/>
               </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>https://formacion.uam.es</a:t>
+            <a:t>Moodle Formación</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> de la UAM</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="1200"/>
-            <a:t>). Si no dispone de usuario,</a:t>
-[...2 lines deleted...]
-            <a:rPr lang="es-ES" sz="1200" baseline="0"/>
+            <a:t> (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" i="1"/>
+            <a:t>formacion.uam.es</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200"/>
+            <a:t>) para organizar los contenidos de sus asignaturas. </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="es-ES" sz="1200"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200"/>
+            <a:t>El procedimiento para abrir estos espacios es muy sencillo: al mandar la solicitud de nueva edición del Título al Centro de Formación Continua (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" i="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>estudios.propios@uam.es</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200"/>
+            <a:t>), adjunta también </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1"/>
+            <a:t>esta hoja de cálculo </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200"/>
+            <a:t>cumplimentada. </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="es-ES" sz="1200"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1" i="0"/>
+            <a:t>Importante!!</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1" i="0"/>
+            <a:t>- Si tu curso es una nueva edición de uno anterior, indícalo en su título de esta manera: (X ed.)</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1" i="0"/>
+            <a:t>-</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1" i="0" baseline="0"/>
+            <a:t> L</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1" i="0"/>
+            <a:t>a clave de matriculación de acceso para profesores debe ser distinta a la de los estudiantes</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1" i="1"/>
+            <a:t>.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="es-ES" sz="1200"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200"/>
+            <a:t>Una vez aprobado el curso, el Centro de Formación Continua nos hará llegar la plantilla y procederemos a crear los cursos necesarios; te notificaremos por correo electrónico cuando estén listos. </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="es-ES" sz="1200"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200"/>
+            <a:t>Recuerda que para poder acceder a </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>la plataforma </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200" b="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Moodle Formación</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="1200"/>
-            <a:t>deberá creárselo (URL para ver vídeo «Darse de alta en la plataforma»: </a:t>
-[...3 lines deleted...]
-            <a:t>http://goo.gl/Q2XZJD</a:t>
+            <a:t>es necesario inscribirse previamente (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="es-ES" sz="1200">
+              <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id=""/>
+            </a:rPr>
+            <a:t>tutorial</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="1200"/>
-            <a:t>).</a:t>
+            <a:t>). Asimismo, la coordinación del Título Propio será la encargada de transmitir estas claves a estudiantes y docentes.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="es-ES" sz="1200"/>
-        </a:p>
-[...63 lines deleted...]
-          </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -662,351 +799,352 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P15"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:P19"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B21" sqref="B21"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.6640625" customWidth="1"/>
-    <col min="2" max="2" width="29.33203125" customWidth="1"/>
+    <col min="1" max="1" width="50.125" customWidth="1"/>
+    <col min="2" max="2" width="26.875" customWidth="1"/>
     <col min="3" max="3" width="32" customWidth="1"/>
-    <col min="4" max="5" width="25.33203125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="34" customWidth="1"/>
+    <col min="4" max="4" width="24" customWidth="1"/>
+    <col min="5" max="5" width="25.375" customWidth="1"/>
+    <col min="6" max="6" width="25.5" style="7" customWidth="1"/>
+    <col min="7" max="7" width="30.625" style="7" customWidth="1"/>
+    <col min="8" max="8" width="15" customWidth="1"/>
+    <col min="9" max="9" width="15.5" customWidth="1"/>
+    <col min="10" max="10" width="30.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
-      <c r="F1" s="1"/>
-      <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="1"/>
-      <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
-      <c r="F3" s="1"/>
-      <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
-      <c r="F4" s="1"/>
-      <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
-      <c r="F5" s="1"/>
-      <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
-      <c r="F6" s="1"/>
-      <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
-      <c r="F7" s="1"/>
-      <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1"/>
-      <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="1"/>
-      <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="1"/>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
-      <c r="F10" s="1"/>
-      <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
-      <c r="F11" s="1"/>
-      <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
-      <c r="F12" s="1"/>
-      <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A14" s="2" t="s">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="2" t="s">
-        <v>8</v>
+      <c r="E14" s="3" t="s">
+        <v>6</v>
       </c>
-      <c r="C14" s="2" t="s">
-        <v>1</v>
+      <c r="F14" s="6" t="s">
+        <v>2</v>
       </c>
-      <c r="D14" s="4" t="s">
+      <c r="G14" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E14" s="2" t="s">
-        <v>7</v>
+      <c r="H14" s="3" t="s">
+        <v>5</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="2" t="s">
+      <c r="I14" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="H14" s="2" t="s">
-        <v>6</v>
+      <c r="J14" s="3" t="s">
+        <v>10</v>
       </c>
-      <c r="I14" s="2" t="s">
-[...12 lines deleted...]
-      <c r="I15" s="3"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="5"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+    </row>
+    <row r="17" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+    </row>
+    <row r="18" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+    </row>
+    <row r="19" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="10">
+    <mergeCell ref="J14:J15"/>
     <mergeCell ref="H14:H15"/>
     <mergeCell ref="I14:I15"/>
     <mergeCell ref="A14:A15"/>
     <mergeCell ref="C14:C15"/>
     <mergeCell ref="D14:D15"/>
     <mergeCell ref="F14:F15"/>
     <mergeCell ref="G14:G15"/>
     <mergeCell ref="E14:E15"/>
     <mergeCell ref="B14:B15"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>